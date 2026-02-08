--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -2,77 +2,95 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7F73F59A" w14:textId="3EA16EBA" w:rsidR="00556756" w:rsidRPr="008A7DB1" w:rsidRDefault="00320D12" w:rsidP="00556756">
+    <w:p w14:paraId="7F73F59A" w14:textId="6062D2C4" w:rsidR="00556756" w:rsidRPr="008A7DB1" w:rsidRDefault="007C1B51" w:rsidP="00556756">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="5040"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:i w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>August 2024</w:t>
+        <w:t>November</w:t>
+      </w:r>
+      <w:r w:rsidR="00320D12">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EA21EE4" w14:textId="77777777" w:rsidR="00556756" w:rsidRDefault="00556756" w:rsidP="0028602B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="5040"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F9F2BBF" w14:textId="1563129F" w:rsidR="0020202C" w:rsidRPr="0020202C" w:rsidRDefault="0020202C" w:rsidP="0020202C">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r w:rsidRPr="0020202C">
@@ -1091,52 +1109,50 @@
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00841DAF" w:rsidRPr="006A52EC">
         <w:t xml:space="preserve"> to justify conducting the study.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20349DF8" w14:textId="5FEF98DD" w:rsidR="00320D12" w:rsidRDefault="00320D12" w:rsidP="00320D12">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The background information should also explain the rationale for the choice of the particular participant population, as well as the use of specific measures and procedures. </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="1E0A26C9" w14:textId="0CDA2EF2" w:rsidR="00841DAF" w:rsidRDefault="00841DAF" w:rsidP="00CA1174">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Describe the type of study (e.g., quantitative, qualitative, ethnographic).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DE7C618" w14:textId="0B8706D7" w:rsidR="00841DAF" w:rsidRDefault="00841DAF" w:rsidP="00320D12">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -2254,98 +2270,77 @@
         <w:t>These may include, for example, students and employees of the University.</w:t>
       </w:r>
       <w:r w:rsidR="00B311FB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D84F74" w:rsidRPr="006A52EC">
         <w:t xml:space="preserve">State which, if any, of the above groups may be represented in your </w:t>
       </w:r>
       <w:r w:rsidR="00D84F74">
         <w:t>participant</w:t>
       </w:r>
       <w:r w:rsidR="00D84F74" w:rsidRPr="006A52EC">
         <w:t xml:space="preserve"> population, and justify their inclusion.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BCE59C0" w14:textId="77777777" w:rsidR="00D84F74" w:rsidRDefault="00D84F74" w:rsidP="00BD0DD6">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="-360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5655D737" w14:textId="20A15869" w:rsidR="00152B2C" w:rsidRDefault="006974E2" w:rsidP="00BD0DD6">
+    <w:p w14:paraId="5655D737" w14:textId="73BCFB19" w:rsidR="00152B2C" w:rsidRDefault="006974E2" w:rsidP="00BD0DD6">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00D84F74" w:rsidRPr="006A52EC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D84F74" w:rsidRPr="006A52EC">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
         <w:t>Informed consent</w:t>
-      </w:r>
-[...19 lines deleted...]
-        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00152B2C">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="362E4939" w14:textId="59A0AF67" w:rsidR="00152B2C" w:rsidRPr="00152B2C" w:rsidRDefault="00D84F74" w:rsidP="00BD0DD6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A52EC">
         <w:t xml:space="preserve">Describe the type of consent (oral or </w:t>
       </w:r>
       <w:r w:rsidR="006201A6">
@@ -4453,70 +4448,70 @@
     <w:p w14:paraId="5387FA72" w14:textId="02870B19" w:rsidR="00222F5B" w:rsidRPr="000329C6" w:rsidRDefault="00222F5B" w:rsidP="00081E00">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6195"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00222F5B" w:rsidRPr="000329C6" w:rsidSect="00B02746">
       <w:headerReference w:type="default" r:id="rId20"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1152" w:right="1440" w:bottom="1152" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="21DF844D" w14:textId="77777777" w:rsidR="00B02746" w:rsidRDefault="00B02746">
+    <w:p w14:paraId="24E28B78" w14:textId="77777777" w:rsidR="008A3FBE" w:rsidRDefault="008A3FBE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="296D8697" w14:textId="77777777" w:rsidR="00B02746" w:rsidRDefault="00B02746">
+    <w:p w14:paraId="6F373400" w14:textId="77777777" w:rsidR="008A3FBE" w:rsidRDefault="008A3FBE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -4528,133 +4523,133 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6F8E7735" w14:textId="77777777" w:rsidR="00B02746" w:rsidRDefault="00B02746">
+    <w:p w14:paraId="1BB5A7F7" w14:textId="77777777" w:rsidR="008A3FBE" w:rsidRDefault="008A3FBE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1A75BED8" w14:textId="77777777" w:rsidR="00B02746" w:rsidRDefault="00B02746">
+    <w:p w14:paraId="5797B620" w14:textId="77777777" w:rsidR="008A3FBE" w:rsidRDefault="008A3FBE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="37106FDA" w14:textId="5EC3065D" w:rsidR="00442DBA" w:rsidRDefault="00442DBA" w:rsidP="00D768B2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="004C2A5F">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="0C9FC30F" w14:textId="77777777" w:rsidR="00442DBA" w:rsidRDefault="00442DBA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0F104956"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6963,115 +6958,115 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1295602198">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="598413085">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="952249653">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1307589892">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1271663840">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="55131844">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1257328019">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="554126486">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="288054871">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1685739986">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="985550566">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="973094651">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="2130390503">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="2072456012">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="381951575">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="758405896">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1312635586">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="841698385">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1676690163">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="809328206">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="90"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
@@ -7165,50 +7160,51 @@
     <w:rsid w:val="003F2625"/>
     <w:rsid w:val="003F6CD7"/>
     <w:rsid w:val="004078D6"/>
     <w:rsid w:val="00411AF7"/>
     <w:rsid w:val="0041351B"/>
     <w:rsid w:val="004243A6"/>
     <w:rsid w:val="00441E63"/>
     <w:rsid w:val="00442DBA"/>
     <w:rsid w:val="00444002"/>
     <w:rsid w:val="004605AA"/>
     <w:rsid w:val="00471329"/>
     <w:rsid w:val="0048451A"/>
     <w:rsid w:val="00494D5C"/>
     <w:rsid w:val="00496752"/>
     <w:rsid w:val="004A10BB"/>
     <w:rsid w:val="004B5D8F"/>
     <w:rsid w:val="004B610D"/>
     <w:rsid w:val="004C2A5F"/>
     <w:rsid w:val="004C4359"/>
     <w:rsid w:val="004D76CB"/>
     <w:rsid w:val="004F2901"/>
     <w:rsid w:val="00506E46"/>
     <w:rsid w:val="00510A07"/>
     <w:rsid w:val="005168DB"/>
     <w:rsid w:val="00517F7C"/>
+    <w:rsid w:val="005220DE"/>
     <w:rsid w:val="00527078"/>
     <w:rsid w:val="00530D56"/>
     <w:rsid w:val="00534B63"/>
     <w:rsid w:val="00550368"/>
     <w:rsid w:val="00556756"/>
     <w:rsid w:val="00560D57"/>
     <w:rsid w:val="00571077"/>
     <w:rsid w:val="00574132"/>
     <w:rsid w:val="005834B4"/>
     <w:rsid w:val="005948EE"/>
     <w:rsid w:val="005A7C1E"/>
     <w:rsid w:val="005D6E78"/>
     <w:rsid w:val="005E00CE"/>
     <w:rsid w:val="005E4710"/>
     <w:rsid w:val="005F5F91"/>
     <w:rsid w:val="006019A5"/>
     <w:rsid w:val="00604F94"/>
     <w:rsid w:val="006201A6"/>
     <w:rsid w:val="0062085C"/>
     <w:rsid w:val="00644135"/>
     <w:rsid w:val="00650C35"/>
     <w:rsid w:val="00651C6F"/>
     <w:rsid w:val="006571A4"/>
     <w:rsid w:val="00657362"/>
     <w:rsid w:val="0066606F"/>
@@ -7217,62 +7213,64 @@
     <w:rsid w:val="006740F0"/>
     <w:rsid w:val="00677707"/>
     <w:rsid w:val="00684F28"/>
     <w:rsid w:val="006948D0"/>
     <w:rsid w:val="006966DD"/>
     <w:rsid w:val="006974E2"/>
     <w:rsid w:val="006A6079"/>
     <w:rsid w:val="006C42E1"/>
     <w:rsid w:val="006C5F3E"/>
     <w:rsid w:val="006D47C5"/>
     <w:rsid w:val="006E0B17"/>
     <w:rsid w:val="006E330F"/>
     <w:rsid w:val="007009CC"/>
     <w:rsid w:val="0071176E"/>
     <w:rsid w:val="007128FB"/>
     <w:rsid w:val="00716427"/>
     <w:rsid w:val="00725486"/>
     <w:rsid w:val="0073282B"/>
     <w:rsid w:val="007513FD"/>
     <w:rsid w:val="00790E5F"/>
     <w:rsid w:val="0079438C"/>
     <w:rsid w:val="007A1160"/>
     <w:rsid w:val="007B217B"/>
     <w:rsid w:val="007B22F2"/>
     <w:rsid w:val="007C19C2"/>
+    <w:rsid w:val="007C1B51"/>
     <w:rsid w:val="007D08E5"/>
     <w:rsid w:val="007D2BAF"/>
     <w:rsid w:val="007F07FF"/>
     <w:rsid w:val="0081416A"/>
     <w:rsid w:val="00832854"/>
     <w:rsid w:val="00835B6E"/>
     <w:rsid w:val="00841DAF"/>
     <w:rsid w:val="00842456"/>
     <w:rsid w:val="008561B2"/>
     <w:rsid w:val="00863DBC"/>
     <w:rsid w:val="00871BFC"/>
     <w:rsid w:val="008A0F87"/>
+    <w:rsid w:val="008A3FBE"/>
     <w:rsid w:val="008A7DB1"/>
     <w:rsid w:val="008C1F00"/>
     <w:rsid w:val="008C3168"/>
     <w:rsid w:val="008D4070"/>
     <w:rsid w:val="008E796D"/>
     <w:rsid w:val="008F20F7"/>
     <w:rsid w:val="00924F51"/>
     <w:rsid w:val="009328AA"/>
     <w:rsid w:val="00936645"/>
     <w:rsid w:val="009429DB"/>
     <w:rsid w:val="00944112"/>
     <w:rsid w:val="00955BEB"/>
     <w:rsid w:val="00980011"/>
     <w:rsid w:val="009A5532"/>
     <w:rsid w:val="009B3D9A"/>
     <w:rsid w:val="009B5FEF"/>
     <w:rsid w:val="009C32A7"/>
     <w:rsid w:val="009D3BD3"/>
     <w:rsid w:val="009D4485"/>
     <w:rsid w:val="009D6C32"/>
     <w:rsid w:val="009F5AD8"/>
     <w:rsid w:val="00A048C9"/>
     <w:rsid w:val="00A14C97"/>
     <w:rsid w:val="00A26874"/>
     <w:rsid w:val="00A26B8A"/>
@@ -7388,61 +7386,61 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="12A91218"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6BFEFD78-CD64-4DE4-BB39-F04D48B681CC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7686,50 +7684,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00E30DDD"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
@@ -7926,51 +7925,51 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:rsid w:val="00E30DDD"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CA1174"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1922522605">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1699116979">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -8318,75 +8317,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A164AE0-F2C3-4A34-896E-CD04E87DD698}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>2859</Words>
-  <Characters>16604</Characters>
+  <Words>3023</Words>
+  <Characters>16391</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>138</Lines>
-  <Paragraphs>38</Paragraphs>
+  <Lines>321</Lines>
+  <Paragraphs>109</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>IRB Application Instructions</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Maine</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19425</CharactersWithSpaces>
+  <CharactersWithSpaces>19305</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="36" baseType="variant">
       <vt:variant>
         <vt:i4>3670068</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>15</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://umaine.edu/research/resource/human-subjects-payment-guidelines/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>3604607</vt:i4>
       </vt:variant>
       <vt:variant>