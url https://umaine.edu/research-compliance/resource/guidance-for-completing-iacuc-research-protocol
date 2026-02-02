--- v0 (2025-10-25)
+++ v1 (2026-02-02)
@@ -93,51 +93,67 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B531FED" w14:textId="3AB6B720" w:rsidR="006552B7" w:rsidRPr="00E41F4B" w:rsidRDefault="00DD3704" w:rsidP="006552B7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>The Institutional Animal Care and Use Committee (IACUC) consists of scientists from several disciplines</w:t>
+        <w:t xml:space="preserve">The Institutional Animal Care and Use Committee (IACUC) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E41F4B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>consists</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E41F4B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of scientists from several disciplines</w:t>
       </w:r>
       <w:r w:rsidR="0011619E">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> as well as non-scientists, members of the University community, and persons who have no affiliation with the University </w:t>
       </w:r>
       <w:r w:rsidR="007543C3" w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">other </w:t>
       </w:r>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -643,109 +659,136 @@
       <w:r w:rsidR="007C6846" w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>on the IACUC website.</w:t>
       </w:r>
       <w:r w:rsidR="00610A08" w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Protocols received late will be held until the </w:t>
-[...7 lines deleted...]
-        <w:t>next month’s meeting.</w:t>
+        <w:t xml:space="preserve">Protocols received late will be held until </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E41F4B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E41F4B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>next</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E41F4B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> month’s meeting.</w:t>
       </w:r>
       <w:r w:rsidR="00610A08" w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please call Paula Portalatin (1-2657) if you have questions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31F868F8" w14:textId="77777777" w:rsidR="00DD3704" w:rsidRPr="00E41F4B" w:rsidRDefault="00DD3704" w:rsidP="00DD3704">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21DFCA23" w14:textId="77777777" w:rsidR="00CD2BE9" w:rsidRPr="00E41F4B" w:rsidRDefault="00CD2BE9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D7A533E" w14:textId="743455EB" w:rsidR="00F15BAD" w:rsidRPr="00E41F4B" w:rsidRDefault="00DD3704" w:rsidP="00E41F4B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00E41F4B">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Guidance on </w:t>
+        <w:t xml:space="preserve">Guidance </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E41F4B">
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E41F4B">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F15BAD" w:rsidRPr="00E41F4B">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00E41F4B">
         <w:t xml:space="preserve">pecific </w:t>
       </w:r>
       <w:r w:rsidR="00B56AD6" w:rsidRPr="00E41F4B">
         <w:t>Sections</w:t>
       </w:r>
       <w:r w:rsidR="00F15BAD" w:rsidRPr="00E41F4B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51B46A67" w14:textId="13EA25AF" w:rsidR="00DD3704" w:rsidRPr="00E41F4B" w:rsidRDefault="00F15BAD" w:rsidP="00D4349B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -1230,51 +1273,67 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005662B8" w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Be sure to add the date of the </w:t>
       </w:r>
       <w:r w:rsidR="00237ABE" w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>consultation</w:t>
       </w:r>
       <w:r w:rsidR="005662B8" w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in the place requested on the form.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005662B8" w:rsidRPr="00E41F4B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005662B8" w:rsidRPr="00E41F4B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the place requested on the form.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36B52340" w14:textId="1EFD5874" w:rsidR="00423DF3" w:rsidRPr="00E41F4B" w:rsidRDefault="0094748B" w:rsidP="00E41F4B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00E41F4B">
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r w:rsidR="00145FBC" w:rsidRPr="00E41F4B">
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="00E41F4B">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002C316F" w:rsidRPr="00E41F4B">
         <w:t>b.1</w:t>
       </w:r>
       <w:r w:rsidRPr="00E41F4B">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002C316F" w:rsidRPr="00E41F4B">
         <w:t xml:space="preserve"> and/or </w:t>
       </w:r>
       <w:r w:rsidR="00145FBC" w:rsidRPr="00E41F4B">
@@ -1933,50 +1992,51 @@
           </w14:textOutline>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w14:textOutline w14:w="9525" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
             <w14:solidFill>
               <w14:srgbClr w14:val="000000"/>
             </w14:solidFill>
             <w14:prstDash w14:val="solid"/>
             <w14:bevel/>
           </w14:textOutline>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="55B5838E" w14:textId="1317AEA0" w:rsidR="00423DF3" w:rsidRPr="00E41F4B" w:rsidRDefault="0094748B" w:rsidP="00E41F4B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00E41F4B">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r w:rsidR="002E5B2C" w:rsidRPr="00E41F4B">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00145FBC" w:rsidRPr="00E41F4B">
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00CE683C" w:rsidRPr="00E41F4B">
         <w:t>.b</w:t>
       </w:r>
       <w:r w:rsidR="00637EF8" w:rsidRPr="00E41F4B">
         <w:t>.7</w:t>
       </w:r>
       <w:r w:rsidRPr="00E41F4B">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ACF7799" w14:textId="25221612" w:rsidR="002E5B2C" w:rsidRPr="00E87042" w:rsidRDefault="002E5B2C" w:rsidP="00E87042">
       <w:pPr>
         <w:spacing w:after="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2137,51 +2197,67 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">then </w:t>
       </w:r>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>you are done with this</w:t>
       </w:r>
       <w:r w:rsidR="00B56AD6" w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> section</w:t>
       </w:r>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>. Note that the species and number handled/captured must be reported annually to MDIFW in December in your permit end-of-year report. (Note: Some departments require that individual researchers submit this report. Contact your department chair for information about your department’s process for meeting this permit requirement.)</w:t>
+        <w:t xml:space="preserve">. Note that the species and number handled/captured must be reported annually to MDIFW in December in your permit end-of-year report. (Note: Some departments require that individual researchers submit this report. Contact your department chair for information about your department’s process </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E41F4B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>for meeting</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E41F4B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this permit requirement.)</w:t>
       </w:r>
       <w:r w:rsidR="00610A08" w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Contact IACUC for more information.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2209C696" w14:textId="77777777" w:rsidR="00074820" w:rsidRPr="00E41F4B" w:rsidRDefault="00074820" w:rsidP="00074820">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C1437B1" w14:textId="050455A3" w:rsidR="00074820" w:rsidRPr="00E41F4B" w:rsidRDefault="00074820" w:rsidP="00074820">
@@ -2555,51 +2631,67 @@
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>umric@maine.edu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r w:rsidR="00610A08" w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Make sure your email contains your contact information, so that MDIFW can contact you directly if they have questions about your request.</w:t>
+        <w:t xml:space="preserve">Make sure your email contains </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E41F4B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>your contact</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E41F4B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> information, so that MDIFW can contact you directly if they have questions about your request.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D332913" w14:textId="13241670" w:rsidR="00074820" w:rsidRPr="006718AD" w:rsidRDefault="00074820" w:rsidP="001C1DD5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006718AD">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Answer </w:t>
       </w:r>
       <w:r w:rsidR="00B56AD6" w:rsidRPr="006718AD">
@@ -2648,50 +2740,51 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if the request is not approved at time of IACUC protocol submission. Also indicate the date that the email request was sent to MDIFW.</w:t>
       </w:r>
       <w:r w:rsidRPr="006718AD">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EBB6576" w14:textId="77777777" w:rsidR="00074820" w:rsidRPr="00E41F4B" w:rsidRDefault="00074820" w:rsidP="000A2BEA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Non-Native Species</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76305C78" w14:textId="77777777" w:rsidR="00074820" w:rsidRPr="00E41F4B" w:rsidRDefault="00074820" w:rsidP="00074820">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38586A7F" w14:textId="5887E0AF" w:rsidR="00074820" w:rsidRDefault="00074820" w:rsidP="00074820">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -3170,215 +3263,217 @@
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00610A08" w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>payment is not required for research conducted by UMaine personnel.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19EF364F" w14:textId="562F9CB9" w:rsidR="00074820" w:rsidRPr="00E41F4B" w:rsidRDefault="00074820" w:rsidP="009D5AD9">
+    <w:p w14:paraId="49EA4B68" w14:textId="437B5C92" w:rsidR="00074820" w:rsidRPr="00952A9F" w:rsidRDefault="00074820" w:rsidP="00074820">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Answer </w:t>
       </w:r>
       <w:r w:rsidR="00B56AD6" w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">section </w:t>
       </w:r>
       <w:r w:rsidR="000B0164" w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">10.b.7.ii. </w:t>
       </w:r>
       <w:r w:rsidR="00144B84" w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">by checking the “in process” box </w:t>
       </w:r>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>if request isn’t approved at time of IACUC protocol submission. Also indicate the date that the email was sent to MDIFW.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49EA4B68" w14:textId="77777777" w:rsidR="00074820" w:rsidRPr="00E41F4B" w:rsidRDefault="00074820" w:rsidP="00074820">
-[...8 lines deleted...]
-    <w:p w14:paraId="3C5BAD46" w14:textId="7D631F96" w:rsidR="00074820" w:rsidRPr="00E41F4B" w:rsidRDefault="00E72D39" w:rsidP="00074820">
+    <w:p w14:paraId="3C5BAD46" w14:textId="18D9CFB3" w:rsidR="00074820" w:rsidRPr="00E41F4B" w:rsidRDefault="00E72D39" w:rsidP="00074820">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Note</w:t>
       </w:r>
       <w:r w:rsidR="00074820" w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00610A08" w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00074820" w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Marine fish species</w:t>
       </w:r>
       <w:r w:rsidR="00074820" w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> require a </w:t>
       </w:r>
+      <w:r w:rsidR="00C9045E" w:rsidRPr="00952A9F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>state permi</w:t>
+      </w:r>
+      <w:r w:rsidR="000465A5" w:rsidRPr="00952A9F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00C9045E" w:rsidRPr="00E41F4B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00074820" w:rsidRPr="00E41F4B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">issued directly to the PI. </w:t>
+      </w:r>
+      <w:r w:rsidR="00952A9F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For more information, see the </w:t>
+      </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidR="00C9045E" w:rsidRPr="00E41F4B">
+        <w:r w:rsidR="00952A9F" w:rsidRPr="00952A9F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>state permi</w:t>
+          <w:t>Maine Department of Marine Resources License</w:t>
         </w:r>
-        <w:r w:rsidR="000465A5" w:rsidRPr="00E41F4B">
+        <w:r w:rsidR="00952A9F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t xml:space="preserve">t </w:t>
-[...23 lines deleted...]
-          <w:t>)</w:t>
+          <w:t>s website</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00C9045E" w:rsidRPr="00E41F4B">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="00952A9F">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or c</w:t>
       </w:r>
       <w:r w:rsidR="00074820" w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">issued directly to the PI. Contact Amanda Ellis, Department of Marine Resources, </w:t>
+        <w:t xml:space="preserve">ontact Amanda Ellis, Department of Marine Resources, </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidR="00074820" w:rsidRPr="00E41F4B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>amanda.ellis@maine.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00074820" w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24131DC3" w14:textId="77777777" w:rsidR="00CE683C" w:rsidRPr="00E41F4B" w:rsidRDefault="00CE683C" w:rsidP="00CE683C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
@@ -3451,50 +3546,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>personal use or display</w:t>
       </w:r>
       <w:r w:rsidR="00CE683C" w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of all native vertebrate fish and wildlife species and non-native species not on the State’s unrestricted list.</w:t>
       </w:r>
       <w:r w:rsidR="00B97412" w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="137B6A10" w14:textId="1138476D" w:rsidR="00423DF3" w:rsidRPr="00E41F4B" w:rsidRDefault="0094748B" w:rsidP="00E41F4B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00E41F4B">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
       <w:r w:rsidR="00A03BA3" w:rsidRPr="00E41F4B">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00CE683C" w:rsidRPr="00E41F4B">
         <w:t>2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A5AADE4" w14:textId="2F84C4B7" w:rsidR="00CD2BE9" w:rsidRPr="00E41F4B" w:rsidRDefault="00A03BA3" w:rsidP="00DD3704">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Personnel:</w:t>
       </w:r>
@@ -3681,336 +3777,378 @@
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E41F4B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Training plan (if no experience)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE2394" w:rsidRPr="00E41F4B" w14:paraId="7DF269A5" w14:textId="77777777" w:rsidTr="00EE2394">
         <w:trPr>
           <w:trHeight w:val="683"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="07C57C4C" w14:textId="39353418" w:rsidR="00EE2394" w:rsidRPr="00E41F4B" w:rsidRDefault="00EE2394" w:rsidP="00EE2394">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E41F4B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Jane Doe, PI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3E3E2E66" w14:textId="491C4DDE" w:rsidR="00EE2394" w:rsidRPr="00E41F4B" w:rsidRDefault="00EE2394" w:rsidP="00EE2394">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E41F4B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Blood Draws</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7286E122" w14:textId="5DE40C9F" w:rsidR="00EE2394" w:rsidRPr="00E41F4B" w:rsidRDefault="00EE2394" w:rsidP="00EE2394">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E41F4B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3 years with over 500 mice</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3B77CCA3" w14:textId="10C51AD6" w:rsidR="00EE2394" w:rsidRPr="00E41F4B" w:rsidRDefault="00EE2394" w:rsidP="00EE2394">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E41F4B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE2394" w:rsidRPr="00E41F4B" w14:paraId="42C39123" w14:textId="77777777" w:rsidTr="00EE2394">
         <w:trPr>
           <w:trHeight w:val="1520"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="57CBD660" w14:textId="74A34CDF" w:rsidR="00EE2394" w:rsidRPr="00E41F4B" w:rsidRDefault="00EE2394" w:rsidP="00EE2394">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E41F4B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>John Student, Graduate Student</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="41EC0F65" w14:textId="37C8EBA4" w:rsidR="00EE2394" w:rsidRPr="00E41F4B" w:rsidRDefault="00EE2394" w:rsidP="00EE2394">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E41F4B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Bird collection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="18176C76" w14:textId="3204CA52" w:rsidR="00EE2394" w:rsidRPr="00E41F4B" w:rsidRDefault="00EE2394" w:rsidP="00EE2394">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E41F4B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>&lt; 1 year mist netting birds</w:t>
+              <w:t xml:space="preserve">&lt; 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E41F4B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>year</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E41F4B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mist netting birds</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="55A8AB61" w14:textId="7CD27A29" w:rsidR="00EE2394" w:rsidRPr="00E41F4B" w:rsidRDefault="00EE2394" w:rsidP="00EE2394">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E41F4B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Further training will be provided by PI. PI will directly supervise student, and he will not work independently until PI is confident skills are mastered.</w:t>
+              <w:t xml:space="preserve">Further training will be provided by PI. PI will directly supervise </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E41F4B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>student</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E41F4B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, and he will not work independently until </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E41F4B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PI is</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E41F4B">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> confident skills are mastered.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE2394" w:rsidRPr="00E41F4B" w14:paraId="15C499B8" w14:textId="77777777" w:rsidTr="00EE2394">
         <w:trPr>
           <w:trHeight w:val="512"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="63A3D0F1" w14:textId="31A576F3" w:rsidR="00EE2394" w:rsidRPr="00E41F4B" w:rsidRDefault="00EE2394" w:rsidP="00EE2394">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E41F4B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Sally Undergrad, Undergraduate </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1890" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="33D10C17" w14:textId="77777777" w:rsidR="00EE2394" w:rsidRPr="00E41F4B" w:rsidRDefault="00EE2394" w:rsidP="00EE2394">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E41F4B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Fish collection/</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1E93969A" w14:textId="75C99097" w:rsidR="00EE2394" w:rsidRPr="00E41F4B" w:rsidRDefault="00EE2394" w:rsidP="00EE2394">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E41F4B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>handling</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1F055EC0" w14:textId="50BCE093" w:rsidR="00EE2394" w:rsidRPr="00E41F4B" w:rsidRDefault="00EE2394" w:rsidP="00EE2394">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E41F4B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>None</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3690" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2C10A632" w14:textId="79003AA5" w:rsidR="00EE2394" w:rsidRPr="00E41F4B" w:rsidRDefault="00EE2394" w:rsidP="00EE2394">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E41F4B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>A training plan</w:t>
             </w:r>
             <w:r w:rsidRPr="00E41F4B">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>*</w:t>
@@ -4074,50 +4212,51 @@
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41ABCA85" w14:textId="77777777" w:rsidR="000956F1" w:rsidRPr="00E41F4B" w:rsidRDefault="000956F1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B59959B" w14:textId="72E12094" w:rsidR="00CE683C" w:rsidRPr="00E41F4B" w:rsidRDefault="00CE683C" w:rsidP="00E41F4B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00E41F4B">
+        <w:lastRenderedPageBreak/>
         <w:t>Risk Assessment (Sample)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06CD2292" w14:textId="77777777" w:rsidR="00DD3704" w:rsidRPr="00E41F4B" w:rsidRDefault="00DD3704" w:rsidP="00DD3704">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06B3E48E" w14:textId="77777777" w:rsidR="00CE683C" w:rsidRPr="00E41F4B" w:rsidRDefault="00CE683C" w:rsidP="000A2BEA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>RISK ASSESSMENT EXAMPLE FOR FIELD STUDY WITH SMALL MAMMALS</w:t>
       </w:r>
@@ -4127,52 +4266,57 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(For each numbered task, provide a description of the hazard and the planned approach for managing the hazard)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F4ECAA2" w14:textId="77777777" w:rsidR="00023B07" w:rsidRPr="00E41F4B" w:rsidRDefault="00023B07" w:rsidP="00CE683C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E19430F" w14:textId="77777777" w:rsidR="00CE683C" w:rsidRPr="00E41F4B" w:rsidRDefault="00CE683C" w:rsidP="00E41F4B">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
       </w:pPr>
-      <w:r w:rsidRPr="00E41F4B">
-        <w:t>List tasks required:</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E41F4B">
+        <w:t>List</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E41F4B">
+        <w:t xml:space="preserve"> tasks required:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A2E5937" w14:textId="6CC621C0" w:rsidR="00CE683C" w:rsidRPr="00E41F4B" w:rsidRDefault="00CE683C" w:rsidP="000956F1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Setting and baiting traps</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F214062" w14:textId="11236EE8" w:rsidR="00CE683C" w:rsidRPr="00E41F4B" w:rsidRDefault="00CE683C" w:rsidP="000956F1">
@@ -4541,85 +4685,111 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Exposure to infectious agents left from animals in the trap:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>After capturing and processing animal</w:t>
-      </w:r>
+        <w:t xml:space="preserve">After capturing and processing </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E41F4B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>animal</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="004F5B1A">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> all materials will be removed from the trap. The trap will be wiped down with a bleach solution to disinfect. Nitrile gloves and masks will be worn at all times.</w:t>
+        <w:t xml:space="preserve"> all materials will be removed from the trap. The trap will be wiped down with a bleach solution to disinfect. Nitrile gloves and masks will be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E41F4B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>worn at all times</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E41F4B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4899248D" w14:textId="549770EF" w:rsidR="00CE683C" w:rsidRPr="00E41F4B" w:rsidRDefault="00CE683C" w:rsidP="000956F1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Direct contact with/inhalation of isoflurane: Isoflurane will be kept in a sealed container in a locked box in the trunk/truck-bed of the vehicle. Use of isoflurane will be done outside to minimize risk of inhalation. A second person will be on-hand in the event of spill/contact. Nitrile gloves, goggles, and a mask will be worn while handling isoflurane. In the event of direct contact with isoflurane, skin/eyes will be immediately flushed with water and medical attention will be sought</w:t>
       </w:r>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E46A2DC" w14:textId="7E02F94A" w:rsidR="00CE683C" w:rsidRPr="00E41F4B" w:rsidRDefault="00CE683C" w:rsidP="000956F1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
@@ -4633,125 +4803,181 @@
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> you need to explain why].</w:t>
       </w:r>
       <w:r w:rsidR="00775B04" w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00775B04" w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>In the event of an animal bite/scratch, the animal will be placed back into the trap, the bite/scratch site will be scrubbed with soap/water for 5 minutes</w:t>
+        <w:t xml:space="preserve">In the event of an animal bite/scratch, the animal will be placed back into the trap, the bite/scratch site will be scrubbed with soap/water for 5 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E41F4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>minutes</w:t>
       </w:r>
       <w:r w:rsidR="004F5B1A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and assessed. For minor wounds</w:t>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E41F4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> assessed. For minor wounds</w:t>
       </w:r>
       <w:r w:rsidR="00CB1005" w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> an antibiotic cream will be applied and the bite will be bandaged. For deeper punctures with bleeding, pressure will be applied and medical attention will be sought.</w:t>
+        <w:t xml:space="preserve"> an antibiotic cream will be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E41F4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>applied</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E41F4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the bite will be bandaged. For deeper punctures with bleeding, pressure will be applied and medical attention will be sought.</w:t>
       </w:r>
       <w:r w:rsidR="00775B04" w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00775B04" w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Exposure to zoonotic pathogens: Nitrile gloves will be worn while handling animals/traps. Equipment (forceps, scissors, etc.) will be wiped down with ethanol or a bleach solution between traps. All personnel involved in this project will be up to date on tetanus vaccines.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E38084A" w14:textId="5F4CB8A6" w:rsidR="009D70CD" w:rsidRPr="00E41F4B" w:rsidRDefault="00CE683C" w:rsidP="000956F1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">Exposure to mosquito and tick-borne pathogens: Participants will be instructed to wear long pants tucked into their socks and </w:t>
+        <w:t xml:space="preserve">Exposure to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E41F4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>mosquito</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E41F4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and tick-borne pathogens: Participants will be instructed to wear long pants tucked into their socks and </w:t>
       </w:r>
       <w:r w:rsidR="004F5B1A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidRPr="00E41F4B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">check daily for ticks and tick bites. Insect spray will also be made available for use on the face and exposed skin. Participants will be encouraged to wear permethrin-infused clothing. Participants will be given a brief training on the risks of mosquito and tick-borne diseases and the typical signs of the diseases. Participants will also be directed to the </w:t>
+        <w:t xml:space="preserve">check daily for ticks and tick bites. Insect spray will also be made available for use on the face and exposed skin. Participants will be encouraged to wear permethrin-infused clothing. Participants will be given </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E41F4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>a brief</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E41F4B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> training on the risks of mosquito and tick-borne diseases and the typical signs of the diseases. Participants will also be directed to the </w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidRPr="009007EB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t xml:space="preserve">Maine </w:t>
         </w:r>
         <w:r w:rsidR="008625C7" w:rsidRPr="009007EB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t xml:space="preserve">Center for Disease Control and Prevention (CDC) </w:t>
         </w:r>
         <w:r w:rsidR="00CE44BA" w:rsidRPr="009007EB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>w</w:t>
         </w:r>
         <w:r w:rsidRPr="009007EB">
           <w:rPr>
@@ -6383,51 +6609,52 @@
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="750859817">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1799569176">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="356006045">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1902251828">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="32853049">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1142232004">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="80"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DD3704"/>
     <w:rsid w:val="00023B07"/>
     <w:rsid w:val="00026275"/>
@@ -6524,92 +6751,94 @@
     <w:rsid w:val="00782A94"/>
     <w:rsid w:val="007A3779"/>
     <w:rsid w:val="007A7C6A"/>
     <w:rsid w:val="007C6846"/>
     <w:rsid w:val="007D79C4"/>
     <w:rsid w:val="007E2132"/>
     <w:rsid w:val="00847A88"/>
     <w:rsid w:val="00854847"/>
     <w:rsid w:val="00854A4B"/>
     <w:rsid w:val="008569F7"/>
     <w:rsid w:val="008625C7"/>
     <w:rsid w:val="008B183C"/>
     <w:rsid w:val="008D6F77"/>
     <w:rsid w:val="008E3497"/>
     <w:rsid w:val="008E3DEB"/>
     <w:rsid w:val="008F1C57"/>
     <w:rsid w:val="009007EB"/>
     <w:rsid w:val="00914206"/>
     <w:rsid w:val="00915261"/>
     <w:rsid w:val="0091723E"/>
     <w:rsid w:val="00934574"/>
     <w:rsid w:val="00934899"/>
     <w:rsid w:val="00943A4D"/>
     <w:rsid w:val="00946CFE"/>
     <w:rsid w:val="0094748B"/>
+    <w:rsid w:val="00952A9F"/>
     <w:rsid w:val="0098375A"/>
     <w:rsid w:val="009D3892"/>
     <w:rsid w:val="009D5AD9"/>
     <w:rsid w:val="009D70CD"/>
     <w:rsid w:val="009E0A70"/>
     <w:rsid w:val="00A03BA3"/>
     <w:rsid w:val="00A05383"/>
     <w:rsid w:val="00A224D5"/>
     <w:rsid w:val="00A4307F"/>
     <w:rsid w:val="00A55A8A"/>
     <w:rsid w:val="00AB5937"/>
     <w:rsid w:val="00AE6F0B"/>
     <w:rsid w:val="00AF53AE"/>
     <w:rsid w:val="00B36A3E"/>
     <w:rsid w:val="00B56AD6"/>
     <w:rsid w:val="00B658DB"/>
     <w:rsid w:val="00B72821"/>
     <w:rsid w:val="00B85236"/>
     <w:rsid w:val="00B97412"/>
     <w:rsid w:val="00BB560C"/>
     <w:rsid w:val="00BB5DF0"/>
     <w:rsid w:val="00BC4242"/>
     <w:rsid w:val="00BD54EA"/>
     <w:rsid w:val="00BF1645"/>
     <w:rsid w:val="00BF1B57"/>
     <w:rsid w:val="00C0350B"/>
     <w:rsid w:val="00C56AD9"/>
     <w:rsid w:val="00C625C9"/>
     <w:rsid w:val="00C7604C"/>
     <w:rsid w:val="00C9045E"/>
     <w:rsid w:val="00CA2AAE"/>
     <w:rsid w:val="00CB1005"/>
     <w:rsid w:val="00CB1174"/>
     <w:rsid w:val="00CD0B0C"/>
     <w:rsid w:val="00CD212E"/>
     <w:rsid w:val="00CD2BE9"/>
     <w:rsid w:val="00CE44BA"/>
     <w:rsid w:val="00CE683C"/>
     <w:rsid w:val="00D03F1A"/>
     <w:rsid w:val="00D37744"/>
     <w:rsid w:val="00D4349B"/>
     <w:rsid w:val="00D71966"/>
+    <w:rsid w:val="00DB6ED0"/>
     <w:rsid w:val="00DC2124"/>
     <w:rsid w:val="00DD3704"/>
     <w:rsid w:val="00E07FD0"/>
     <w:rsid w:val="00E41F4B"/>
     <w:rsid w:val="00E71497"/>
     <w:rsid w:val="00E72D39"/>
     <w:rsid w:val="00E859C1"/>
     <w:rsid w:val="00E87042"/>
     <w:rsid w:val="00EB089C"/>
     <w:rsid w:val="00EE2394"/>
     <w:rsid w:val="00EE772E"/>
     <w:rsid w:val="00EF18CB"/>
     <w:rsid w:val="00F15BAD"/>
     <w:rsid w:val="00F22668"/>
     <w:rsid w:val="00F37E02"/>
     <w:rsid w:val="00F406B5"/>
     <w:rsid w:val="00F71C57"/>
     <w:rsid w:val="00F825E4"/>
     <w:rsid w:val="00F833CB"/>
     <w:rsid w:val="00F973C0"/>
     <w:rsid w:val="00FA2D8A"/>
     <w:rsid w:val="00FC20E7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
@@ -7521,51 +7750,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1822696010">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:umric@maine.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:umric@maine.edu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://umaine.edu/research-compliance/resource/special-license-application-dept-marine-resources/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brenda.lord@state.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:umric@maine.edu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:james.connolly@maine.gov" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.maine.gov/dhhs/mecdc/diseases-conditions/insect-borne-diseases" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaweber@maine.edu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www1.maine.gov/ifw/fish-wildlife/captivity.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://umaine.edu/research-compliance/resource/pain-categories/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\paula.ORSP\AppData\Local\Temp\amanda.ellis@maine.gov" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://umaine.edu/research-compliance/animal-care/meeting-schedule-protocol-due-dates/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www1.maine.gov/ifw/fish-wildlife/captivity.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:umric@maine.edu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:umric@maine.edu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.maine.gov/dmr/fisheries/commercial/licenses" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:brenda.lord@state.gov" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:umric@maine.edu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:james.connolly@maine.gov" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.maine.gov/dhhs/mecdc/diseases-conditions/insect-borne-diseases" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jaweber@maine.edu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www1.maine.gov/ifw/fish-wildlife/captivity.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://umaine.edu/research-compliance/resource/pain-categories/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\paula.ORSP\AppData\Local\Temp\amanda.ellis@maine.gov" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://umaine.edu/research-compliance/animal-care/meeting-schedule-protocol-due-dates/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www1.maine.gov/ifw/fish-wildlife/captivity.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7806,69 +8035,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{444BD786-0B79-46A0-8CEE-9D6D446740F4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>2005</Words>
-  <Characters>11429</Characters>
+  <Words>2010</Words>
+  <Characters>11460</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>95</Lines>
   <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13408</CharactersWithSpaces>
+  <CharactersWithSpaces>13444</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>IACUC Guidance for Completing a Protocol Review Form</dc:title>
   <dc:subject/>
   <dc:creator>Gayle Jones</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>